--- v1 (2025-11-24)
+++ v2 (2026-03-17)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PN1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="724" uniqueCount="39">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>ODOBRENJE I TEREĆENJE BEZ NALOGA {1}  - 2025. godina</t>
   </si>
   <si>
     <t>u eurima</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Vrsta transakcije</t>
   </si>
@@ -89,78 +89,93 @@
   <si>
     <t>ODOBRENJE</t>
   </si>
   <si>
     <t>Kredit</t>
   </si>
   <si>
     <t>računa za</t>
   </si>
   <si>
     <t>Kamate i naknade</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t>plaćanje</t>
   </si>
   <si>
     <t>Ostalo</t>
   </si>
   <si>
     <t>TEREĆENJE</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
   </si>
   <si>
+    <t> LISTOPAD</t>
+  </si>
+  <si>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t>{1} Uključene su nacionalne transakcije u eurima.</t>
+  </si>
+  <si>
+    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -546,51 +561,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O71"/>
+  <dimension ref="A1:O90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="21" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s" s="1">
         <v>0</v>
@@ -848,81 +863,81 @@
       </c>
       <c r="L14" s="9">
         <v>255877</v>
       </c>
       <c r="M14" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N14" s="9">
         <v>106400451</v>
       </c>
       <c r="O14" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D15" s="8">
-        <v>14343790</v>
+        <v>14495983</v>
       </c>
       <c r="E15" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F15" s="8">
-        <v>19170588</v>
+        <v>19390800</v>
       </c>
       <c r="G15" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H15" s="8">
         <v>1536621</v>
       </c>
       <c r="I15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J15" s="8">
         <v>28247159</v>
       </c>
       <c r="K15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L15" s="9">
-        <v>15880411</v>
+        <v>16032604</v>
       </c>
       <c r="M15" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N15" s="9">
-        <v>47417747</v>
+        <v>47637959</v>
       </c>
       <c r="O15" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B16" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C16" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D16" s="12">
         <v>195124</v>
       </c>
       <c r="E16" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F16" s="12">
         <v>701719</v>
       </c>
       <c r="G16" t="s" s="11">
@@ -1027,51 +1042,51 @@
       </c>
       <c r="I18" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J18" s="8">
         <v>4329704</v>
       </c>
       <c r="K18" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L18" s="9">
         <v>1201264</v>
       </c>
       <c r="M18" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N18" s="9">
         <v>4536320</v>
       </c>
       <c r="O18" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s" s="7">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C19" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D19" s="12">
         <v>28413</v>
       </c>
       <c r="E19" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F19" s="12">
         <v>43841222</v>
       </c>
       <c r="G19" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H19" s="12">
         <v>1065</v>
       </c>
       <c r="I19" t="s" s="11">
         <v>15</v>
       </c>
@@ -1130,81 +1145,81 @@
       </c>
       <c r="L20" s="9">
         <v>249319</v>
       </c>
       <c r="M20" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N20" s="9">
         <v>105616726</v>
       </c>
       <c r="O20" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B21" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C21" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D21" s="8">
-        <v>13877639</v>
+        <v>14029492</v>
       </c>
       <c r="E21" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F21" s="8">
-        <v>17237437</v>
+        <v>17456483</v>
       </c>
       <c r="G21" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H21" s="8">
         <v>1516300</v>
       </c>
       <c r="I21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J21" s="8">
         <v>21660423</v>
       </c>
       <c r="K21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L21" s="9">
-        <v>15393939</v>
+        <v>15545792</v>
       </c>
       <c r="M21" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N21" s="9">
-        <v>38897860</v>
+        <v>39116906</v>
       </c>
       <c r="O21" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B22" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C22" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D22" s="12">
         <v>184137</v>
       </c>
       <c r="E22" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F22" s="12">
         <v>666538</v>
       </c>
       <c r="G22" t="s" s="11">
@@ -1309,51 +1324,51 @@
       </c>
       <c r="I24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J24" s="8">
         <v>8567419</v>
       </c>
       <c r="K24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L24" s="9">
         <v>1270920</v>
       </c>
       <c r="M24" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N24" s="9">
         <v>8962025</v>
       </c>
       <c r="O24" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s" s="7">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C25" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D25" s="12">
         <v>34269</v>
       </c>
       <c r="E25" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F25" s="12">
         <v>63302362</v>
       </c>
       <c r="G25" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H25" s="12">
         <v>1052</v>
       </c>
       <c r="I25" t="s" s="11">
         <v>15</v>
       </c>
@@ -1412,81 +1427,81 @@
       </c>
       <c r="L26" s="9">
         <v>251887</v>
       </c>
       <c r="M26" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N26" s="9">
         <v>107724221</v>
       </c>
       <c r="O26" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D27" s="8">
-        <v>14422034</v>
+        <v>14574113</v>
       </c>
       <c r="E27" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F27" s="8">
-        <v>17490969</v>
+        <v>17709760</v>
       </c>
       <c r="G27" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H27" s="8">
         <v>1648698</v>
       </c>
       <c r="I27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J27" s="8">
         <v>22232488</v>
       </c>
       <c r="K27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L27" s="9">
-        <v>16070732</v>
+        <v>16222811</v>
       </c>
       <c r="M27" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N27" s="9">
-        <v>39723457</v>
+        <v>39942248</v>
       </c>
       <c r="O27" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B28" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C28" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D28" s="12">
         <v>206348</v>
       </c>
       <c r="E28" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F28" s="12">
         <v>746721</v>
       </c>
       <c r="G28" t="s" s="11">
@@ -1591,51 +1606,51 @@
       </c>
       <c r="I30" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J30" s="8">
         <v>6231913</v>
       </c>
       <c r="K30" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L30" s="9">
         <v>1645597</v>
       </c>
       <c r="M30" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N30" s="9">
         <v>6686055</v>
       </c>
       <c r="O30" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s" s="7">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B31" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C31" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D31" s="12">
         <v>33253</v>
       </c>
       <c r="E31" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F31" s="12">
         <v>36878091</v>
       </c>
       <c r="G31" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H31" s="12">
         <v>1034</v>
       </c>
       <c r="I31" t="s" s="11">
         <v>15</v>
       </c>
@@ -1694,81 +1709,81 @@
       </c>
       <c r="L32" s="9">
         <v>258149</v>
       </c>
       <c r="M32" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N32" s="9">
         <v>104978574</v>
       </c>
       <c r="O32" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B33" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C33" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D33" s="8">
-        <v>14176860</v>
+        <v>14335441</v>
       </c>
       <c r="E33" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F33" s="8">
-        <v>18993746</v>
+        <v>19219299</v>
       </c>
       <c r="G33" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H33" s="8">
         <v>1669041</v>
       </c>
       <c r="I33" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J33" s="8">
         <v>26916690</v>
       </c>
       <c r="K33" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L33" s="9">
-        <v>15845901</v>
+        <v>16004482</v>
       </c>
       <c r="M33" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N33" s="9">
-        <v>45910436</v>
+        <v>46135989</v>
       </c>
       <c r="O33" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B34" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C34" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D34" s="12">
         <v>204231</v>
       </c>
       <c r="E34" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F34" s="12">
         <v>703955</v>
       </c>
       <c r="G34" t="s" s="11">
@@ -1873,51 +1888,51 @@
       </c>
       <c r="I36" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J36" s="8">
         <v>3733870</v>
       </c>
       <c r="K36" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L36" s="9">
         <v>1229668</v>
       </c>
       <c r="M36" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N36" s="9">
         <v>3906044</v>
       </c>
       <c r="O36" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s" s="7">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B37" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C37" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D37" s="12">
         <v>31755</v>
       </c>
       <c r="E37" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F37" s="12">
         <v>31525515</v>
       </c>
       <c r="G37" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H37" s="12">
         <v>1075</v>
       </c>
       <c r="I37" t="s" s="11">
         <v>15</v>
       </c>
@@ -1976,81 +1991,81 @@
       </c>
       <c r="L38" s="9">
         <v>255730</v>
       </c>
       <c r="M38" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N38" s="9">
         <v>80334113</v>
       </c>
       <c r="O38" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B39" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C39" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D39" s="8">
-        <v>14285481</v>
+        <v>14455133</v>
       </c>
       <c r="E39" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F39" s="8">
-        <v>17599315</v>
+        <v>17841589</v>
       </c>
       <c r="G39" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H39" s="8">
         <v>1665845</v>
       </c>
       <c r="I39" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J39" s="8">
         <v>23281110</v>
       </c>
       <c r="K39" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L39" s="9">
-        <v>15951326</v>
+        <v>16120978</v>
       </c>
       <c r="M39" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N39" s="9">
-        <v>40880425</v>
+        <v>41122699</v>
       </c>
       <c r="O39" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B40" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C40" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D40" s="12">
         <v>216439</v>
       </c>
       <c r="E40" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F40" s="12">
         <v>750141</v>
       </c>
       <c r="G40" t="s" s="11">
@@ -2155,51 +2170,51 @@
       </c>
       <c r="I42" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J42" s="8">
         <v>8318157</v>
       </c>
       <c r="K42" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L42" s="9">
         <v>1311818</v>
       </c>
       <c r="M42" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N42" s="9">
         <v>8567479</v>
       </c>
       <c r="O42" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s" s="7">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C43" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D43" s="12">
         <v>38915</v>
       </c>
       <c r="E43" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F43" s="12">
         <v>46239761</v>
       </c>
       <c r="G43" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H43" s="12">
         <v>1040</v>
       </c>
       <c r="I43" t="s" s="11">
         <v>15</v>
       </c>
@@ -2258,81 +2273,81 @@
       </c>
       <c r="L44" s="9">
         <v>268510</v>
       </c>
       <c r="M44" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N44" s="9">
         <v>133425444</v>
       </c>
       <c r="O44" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B45" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C45" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D45" s="8">
-        <v>14522455</v>
+        <v>14703312</v>
       </c>
       <c r="E45" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F45" s="8">
-        <v>17599590</v>
+        <v>17855333</v>
       </c>
       <c r="G45" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H45" s="8">
         <v>1688108</v>
       </c>
       <c r="I45" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J45" s="8">
         <v>23828936</v>
       </c>
       <c r="K45" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L45" s="9">
-        <v>16210563</v>
+        <v>16391420</v>
       </c>
       <c r="M45" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N45" s="9">
-        <v>41428526</v>
+        <v>41684269</v>
       </c>
       <c r="O45" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B46" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C46" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D46" s="12">
         <v>214759</v>
       </c>
       <c r="E46" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F46" s="12">
         <v>659501</v>
       </c>
       <c r="G46" t="s" s="11">
@@ -2437,51 +2452,51 @@
       </c>
       <c r="I48" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J48" s="8">
         <v>6326441</v>
       </c>
       <c r="K48" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L48" s="9">
         <v>1680379</v>
       </c>
       <c r="M48" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N48" s="9">
         <v>6722799</v>
       </c>
       <c r="O48" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s" s="7">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B49" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C49" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D49" s="12">
         <v>35191</v>
       </c>
       <c r="E49" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F49" s="12">
         <v>35490852</v>
       </c>
       <c r="G49" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H49" s="12">
         <v>1146</v>
       </c>
       <c r="I49" t="s" s="11">
         <v>15</v>
       </c>
@@ -2540,81 +2555,81 @@
       </c>
       <c r="L50" s="9">
         <v>267496</v>
       </c>
       <c r="M50" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N50" s="9">
         <v>119971848</v>
       </c>
       <c r="O50" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B51" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C51" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D51" s="8">
-        <v>13396700</v>
+        <v>13586376</v>
       </c>
       <c r="E51" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F51" s="8">
-        <v>18827980</v>
+        <v>19096033</v>
       </c>
       <c r="G51" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H51" s="8">
         <v>1686401</v>
       </c>
       <c r="I51" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J51" s="8">
         <v>28888056</v>
       </c>
       <c r="K51" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L51" s="9">
-        <v>15083101</v>
+        <v>15272777</v>
       </c>
       <c r="M51" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N51" s="9">
-        <v>47716036</v>
+        <v>47984089</v>
       </c>
       <c r="O51" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B52" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C52" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D52" s="12">
         <v>218189</v>
       </c>
       <c r="E52" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F52" s="12">
         <v>675044</v>
       </c>
       <c r="G52" t="s" s="11">
@@ -2719,51 +2734,51 @@
       </c>
       <c r="I54" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J54" s="8">
         <v>3495089</v>
       </c>
       <c r="K54" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L54" s="9">
         <v>1277256</v>
       </c>
       <c r="M54" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N54" s="9">
         <v>3674774</v>
       </c>
       <c r="O54" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s" s="7">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B55" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C55" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D55" s="12">
         <v>29858</v>
       </c>
       <c r="E55" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F55" s="12">
         <v>18536541</v>
       </c>
       <c r="G55" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H55" s="12">
         <v>916</v>
       </c>
       <c r="I55" t="s" s="11">
         <v>15</v>
       </c>
@@ -2822,81 +2837,81 @@
       </c>
       <c r="L56" s="9">
         <v>247437</v>
       </c>
       <c r="M56" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N56" s="9">
         <v>109269069</v>
       </c>
       <c r="O56" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B57" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C57" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D57" s="8">
-        <v>12628638</v>
+        <v>12824952</v>
       </c>
       <c r="E57" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F57" s="8">
-        <v>17178130</v>
+        <v>17454318</v>
       </c>
       <c r="G57" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H57" s="8">
         <v>1473731</v>
       </c>
       <c r="I57" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J57" s="8">
         <v>24512165</v>
       </c>
       <c r="K57" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L57" s="9">
-        <v>14102369</v>
+        <v>14298683</v>
       </c>
       <c r="M57" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N57" s="9">
-        <v>41690295</v>
+        <v>41966483</v>
       </c>
       <c r="O57" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B58" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C58" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D58" s="12">
         <v>207087</v>
       </c>
       <c r="E58" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F58" s="12">
         <v>669717</v>
       </c>
       <c r="G58" t="s" s="11">
@@ -3001,51 +3016,51 @@
       </c>
       <c r="I60" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J60" s="8">
         <v>7569964</v>
       </c>
       <c r="K60" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L60" s="9">
         <v>1319463</v>
       </c>
       <c r="M60" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N60" s="9">
         <v>7740016</v>
       </c>
       <c r="O60" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s" s="7">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B61" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C61" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D61" s="12">
         <v>35153</v>
       </c>
       <c r="E61" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F61" s="12">
         <v>36422480</v>
       </c>
       <c r="G61" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H61" s="12">
         <v>1276</v>
       </c>
       <c r="I61" t="s" s="11">
         <v>15</v>
       </c>
@@ -3104,81 +3119,81 @@
       </c>
       <c r="L62" s="9">
         <v>264592</v>
       </c>
       <c r="M62" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N62" s="9">
         <v>156101783</v>
       </c>
       <c r="O62" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B63" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C63" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D63" s="8">
-        <v>13259364</v>
+        <v>13464100</v>
       </c>
       <c r="E63" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F63" s="8">
-        <v>17225378</v>
+        <v>17516198</v>
       </c>
       <c r="G63" t="s" s="7">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H63" s="8">
         <v>1615762</v>
       </c>
       <c r="I63" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J63" s="8">
         <v>24596872</v>
       </c>
       <c r="K63" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L63" s="9">
-        <v>14875126</v>
+        <v>15079862</v>
       </c>
       <c r="M63" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N63" s="9">
-        <v>41822250</v>
+        <v>42113070</v>
       </c>
       <c r="O63" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s" s="11">
         <v>15</v>
       </c>
       <c r="B64" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C64" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D64" s="12">
         <v>224669</v>
       </c>
       <c r="E64" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F64" s="12">
         <v>723507</v>
       </c>
       <c r="G64" t="s" s="11">
@@ -3188,334 +3203,1185 @@
         <v>1081</v>
       </c>
       <c r="I64" t="s" s="11">
         <v>15</v>
       </c>
       <c r="J64" s="12">
         <v>1762557</v>
       </c>
       <c r="K64" t="s" s="11">
         <v>15</v>
       </c>
       <c r="L64" s="13">
         <v>225750</v>
       </c>
       <c r="M64" t="s" s="14">
         <v>15</v>
       </c>
       <c r="N64" s="13">
         <v>2486064</v>
       </c>
       <c r="O64" t="s" s="14">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:15">
-      <c r="A65" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B65" t="s" s="10">
+      <c r="A65" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B65" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C65" t="s" s="10">
+      <c r="C65" t="s" s="7">
         <v>17</v>
       </c>
-      <c r="D65" s="9">
-[...20 lines deleted...]
-      <c r="K65" t="s" s="10">
+      <c r="D65" s="8">
+        <v>18007</v>
+      </c>
+      <c r="E65" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F65" s="8">
+        <v>192398131</v>
+      </c>
+      <c r="G65" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H65" s="8">
+        <v>6693</v>
+      </c>
+      <c r="I65" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J65" s="8">
+        <v>577200635</v>
+      </c>
+      <c r="K65" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L65" s="9">
-        <v>205034</v>
+        <v>24700</v>
       </c>
       <c r="M65" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N65" s="9">
-        <v>6814479515</v>
+        <v>769598766</v>
       </c>
       <c r="O65" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:15">
-      <c r="A66" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B66" t="s" s="10">
+      <c r="A66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B66" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C66" t="s" s="10">
+      <c r="C66" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="D66" s="9">
-[...20 lines deleted...]
-      <c r="K66" t="s" s="10">
+      <c r="D66" s="8">
+        <v>1613828</v>
+      </c>
+      <c r="E66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F66" s="8">
+        <v>365599</v>
+      </c>
+      <c r="G66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H66" s="8">
+        <v>96185</v>
+      </c>
+      <c r="I66" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J66" s="8">
+        <v>6260539</v>
+      </c>
+      <c r="K66" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L66" s="9">
-        <v>12993513</v>
+        <v>1710013</v>
       </c>
       <c r="M66" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N66" s="9">
-        <v>59805386</v>
+        <v>6626138</v>
       </c>
       <c r="O66" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:15">
-      <c r="A67" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B67" t="s" s="14">
+      <c r="A67" t="s" s="7">
+        <v>33</v>
+      </c>
+      <c r="B67" t="s" s="11">
         <v>21</v>
       </c>
-      <c r="C67" t="s" s="14">
+      <c r="C67" t="s" s="11">
         <v>22</v>
       </c>
-      <c r="D67" s="13">
-[...20 lines deleted...]
-      <c r="K67" t="s" s="14">
+      <c r="D67" s="12">
+        <v>34711</v>
+      </c>
+      <c r="E67" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F67" s="12">
+        <v>38435835</v>
+      </c>
+      <c r="G67" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H67" s="12">
+        <v>1309</v>
+      </c>
+      <c r="I67" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J67" s="12">
+        <v>87956059</v>
+      </c>
+      <c r="K67" t="s" s="11">
         <v>15</v>
       </c>
       <c r="L67" s="13">
-        <v>305282</v>
+        <v>36020</v>
       </c>
       <c r="M67" t="s" s="14">
         <v>15</v>
       </c>
       <c r="N67" s="13">
-        <v>1681612741</v>
+        <v>126391894</v>
       </c>
       <c r="O67" t="s" s="14">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:15">
-      <c r="A68" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B68" t="s" s="10">
+      <c r="A68" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B68" t="s" s="7">
         <v>23</v>
       </c>
-      <c r="C68" t="s" s="10">
+      <c r="C68" t="s" s="7">
         <v>17</v>
       </c>
-      <c r="D68" s="9">
-[...20 lines deleted...]
-      <c r="K68" t="s" s="10">
+      <c r="D68" s="8">
+        <v>224341</v>
+      </c>
+      <c r="E68" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F68" s="8">
+        <v>30372368</v>
+      </c>
+      <c r="G68" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H68" s="8">
+        <v>43043</v>
+      </c>
+      <c r="I68" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J68" s="8">
+        <v>90142784</v>
+      </c>
+      <c r="K68" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L68" s="9">
-        <v>2318997</v>
+        <v>267384</v>
       </c>
       <c r="M68" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N68" s="9">
-        <v>1023822229</v>
+        <v>120515152</v>
       </c>
       <c r="O68" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:15">
-      <c r="A69" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B69" t="s" s="10">
+      <c r="A69" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B69" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C69" t="s" s="10">
+      <c r="C69" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="D69" s="9">
-[...20 lines deleted...]
-      <c r="K69" t="s" s="10">
+      <c r="D69" s="8">
+        <v>13696728</v>
+      </c>
+      <c r="E69" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F69" s="8">
+        <v>19214062</v>
+      </c>
+      <c r="G69" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H69" s="8">
+        <v>1592830</v>
+      </c>
+      <c r="I69" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J69" s="8">
+        <v>28217468</v>
+      </c>
+      <c r="K69" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L69" s="9">
-        <v>139413468</v>
+        <v>15289558</v>
       </c>
       <c r="M69" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N69" s="9">
-        <v>385487032</v>
+        <v>47431530</v>
       </c>
       <c r="O69" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:15">
-      <c r="A70" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B70" t="s" s="10">
+      <c r="A70" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B70" t="s" s="11">
         <v>21</v>
       </c>
-      <c r="C70" t="s" s="10">
+      <c r="C70" t="s" s="11">
         <v>22</v>
       </c>
-      <c r="D70" s="9">
-[...32 lines deleted...]
-      <c r="O70" t="s" s="10">
+      <c r="D70" s="12">
+        <v>223116</v>
+      </c>
+      <c r="E70" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F70" s="12">
+        <v>689330</v>
+      </c>
+      <c r="G70" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H70" s="12">
+        <v>1403</v>
+      </c>
+      <c r="I70" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J70" s="12">
+        <v>1060312</v>
+      </c>
+      <c r="K70" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L70" s="13">
+        <v>224519</v>
+      </c>
+      <c r="M70" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N70" s="13">
+        <v>1749642</v>
+      </c>
+      <c r="O70" t="s" s="14">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:15">
-      <c r="A71" t="s">
-        <v>33</v>
+      <c r="A71" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B71" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C71" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D71" s="8">
+        <v>14878</v>
+      </c>
+      <c r="E71" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F71" s="8">
+        <v>152224584</v>
+      </c>
+      <c r="G71" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H71" s="8">
+        <v>5869</v>
+      </c>
+      <c r="I71" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J71" s="8">
+        <v>626657818</v>
+      </c>
+      <c r="K71" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L71" s="9">
+        <v>20747</v>
+      </c>
+      <c r="M71" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N71" s="9">
+        <v>778882402</v>
+      </c>
+      <c r="O71" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15">
+      <c r="A72" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B72" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C72" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D72" s="8">
+        <v>1222746</v>
+      </c>
+      <c r="E72" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F72" s="8">
+        <v>219384</v>
+      </c>
+      <c r="G72" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H72" s="8">
+        <v>19555</v>
+      </c>
+      <c r="I72" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J72" s="8">
+        <v>3970705</v>
+      </c>
+      <c r="K72" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L72" s="9">
+        <v>1242301</v>
+      </c>
+      <c r="M72" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N72" s="9">
+        <v>4190089</v>
+      </c>
+      <c r="O72" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15">
+      <c r="A73" t="s" s="7">
+        <v>34</v>
+      </c>
+      <c r="B73" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C73" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D73" s="12">
+        <v>31340</v>
+      </c>
+      <c r="E73" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F73" s="12">
+        <v>37384704</v>
+      </c>
+      <c r="G73" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H73" s="12">
+        <v>1060</v>
+      </c>
+      <c r="I73" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J73" s="12">
+        <v>200925219</v>
+      </c>
+      <c r="K73" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L73" s="13">
+        <v>32400</v>
+      </c>
+      <c r="M73" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N73" s="13">
+        <v>238309923</v>
+      </c>
+      <c r="O73" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15">
+      <c r="A74" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B74" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C74" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D74" s="8">
+        <v>226311</v>
+      </c>
+      <c r="E74" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F74" s="8">
+        <v>30094695</v>
+      </c>
+      <c r="G74" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H74" s="8">
+        <v>27549</v>
+      </c>
+      <c r="I74" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J74" s="8">
+        <v>61160216</v>
+      </c>
+      <c r="K74" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L74" s="9">
+        <v>253860</v>
+      </c>
+      <c r="M74" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N74" s="9">
+        <v>91254911</v>
+      </c>
+      <c r="O74" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15">
+      <c r="A75" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B75" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C75" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D75" s="8">
+        <v>13154898</v>
+      </c>
+      <c r="E75" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F75" s="8">
+        <v>17317830</v>
+      </c>
+      <c r="G75" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H75" s="8">
+        <v>1455289</v>
+      </c>
+      <c r="I75" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J75" s="8">
+        <v>23472275</v>
+      </c>
+      <c r="K75" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L75" s="9">
+        <v>14610187</v>
+      </c>
+      <c r="M75" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N75" s="9">
+        <v>40790105</v>
+      </c>
+      <c r="O75" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15">
+      <c r="A76" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B76" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C76" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D76" s="12">
+        <v>200548</v>
+      </c>
+      <c r="E76" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F76" s="12">
+        <v>700745</v>
+      </c>
+      <c r="G76" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H76" s="12">
+        <v>1360</v>
+      </c>
+      <c r="I76" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J76" s="12">
+        <v>1610364</v>
+      </c>
+      <c r="K76" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L76" s="13">
+        <v>201908</v>
+      </c>
+      <c r="M76" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N76" s="13">
+        <v>2311109</v>
+      </c>
+      <c r="O76" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15">
+      <c r="A77" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B77" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C77" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D77" s="8">
+        <v>14494</v>
+      </c>
+      <c r="E77" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F77" s="8">
+        <v>146501592</v>
+      </c>
+      <c r="G77" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H77" s="8">
+        <v>6582</v>
+      </c>
+      <c r="I77" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J77" s="8">
+        <v>883642765</v>
+      </c>
+      <c r="K77" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L77" s="9">
+        <v>21076</v>
+      </c>
+      <c r="M77" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N77" s="9">
+        <v>1030144357</v>
+      </c>
+      <c r="O77" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15">
+      <c r="A78" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B78" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C78" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D78" s="8">
+        <v>1332193</v>
+      </c>
+      <c r="E78" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F78" s="8">
+        <v>515617</v>
+      </c>
+      <c r="G78" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H78" s="8">
+        <v>66357</v>
+      </c>
+      <c r="I78" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J78" s="8">
+        <v>8226002</v>
+      </c>
+      <c r="K78" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L78" s="9">
+        <v>1398550</v>
+      </c>
+      <c r="M78" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N78" s="9">
+        <v>8741619</v>
+      </c>
+      <c r="O78" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15">
+      <c r="A79" t="s" s="7">
+        <v>35</v>
+      </c>
+      <c r="B79" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C79" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D79" s="12">
+        <v>38836</v>
+      </c>
+      <c r="E79" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F79" s="12">
+        <v>44244474</v>
+      </c>
+      <c r="G79" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H79" s="12">
+        <v>1180</v>
+      </c>
+      <c r="I79" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J79" s="12">
+        <v>178523097</v>
+      </c>
+      <c r="K79" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L79" s="13">
+        <v>40016</v>
+      </c>
+      <c r="M79" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N79" s="13">
+        <v>222767571</v>
+      </c>
+      <c r="O79" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15">
+      <c r="A80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B80" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C80" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D80" s="8">
+        <v>233383</v>
+      </c>
+      <c r="E80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F80" s="8">
+        <v>31413172</v>
+      </c>
+      <c r="G80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H80" s="8">
+        <v>42273</v>
+      </c>
+      <c r="I80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J80" s="8">
+        <v>104954087</v>
+      </c>
+      <c r="K80" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L80" s="9">
+        <v>275656</v>
+      </c>
+      <c r="M80" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N80" s="9">
+        <v>136367259</v>
+      </c>
+      <c r="O80" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15">
+      <c r="A81" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B81" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C81" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D81" s="8">
+        <v>13551112</v>
+      </c>
+      <c r="E81" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F81" s="8">
+        <v>17614737</v>
+      </c>
+      <c r="G81" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H81" s="8">
+        <v>1609619</v>
+      </c>
+      <c r="I81" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J81" s="8">
+        <v>23816624</v>
+      </c>
+      <c r="K81" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L81" s="9">
+        <v>15160731</v>
+      </c>
+      <c r="M81" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N81" s="9">
+        <v>41431361</v>
+      </c>
+      <c r="O81" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15">
+      <c r="A82" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B82" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C82" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D82" s="12">
+        <v>236694</v>
+      </c>
+      <c r="E82" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F82" s="12">
+        <v>668435</v>
+      </c>
+      <c r="G82" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H82" s="12">
+        <v>1049</v>
+      </c>
+      <c r="I82" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J82" s="12">
+        <v>430867</v>
+      </c>
+      <c r="K82" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L82" s="13">
+        <v>237743</v>
+      </c>
+      <c r="M82" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N82" s="13">
+        <v>1099302</v>
+      </c>
+      <c r="O82" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15">
+      <c r="A83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B83" t="s" s="10">
+        <v>16</v>
+      </c>
+      <c r="C83" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="D83" s="9">
+        <v>193297</v>
+      </c>
+      <c r="E83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F83" s="9">
+        <v>2093196566</v>
+      </c>
+      <c r="G83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H83" s="9">
+        <v>78260</v>
+      </c>
+      <c r="I83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J83" s="9">
+        <v>7299908474</v>
+      </c>
+      <c r="K83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L83" s="9">
+        <v>271557</v>
+      </c>
+      <c r="M83" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N83" s="9">
+        <v>9393105040</v>
+      </c>
+      <c r="O83" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15">
+      <c r="A84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B84" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="C84" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="D84" s="9">
+        <v>16615501</v>
+      </c>
+      <c r="E84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F84" s="9">
+        <v>3920511</v>
+      </c>
+      <c r="G84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H84" s="9">
+        <v>728876</v>
+      </c>
+      <c r="I84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J84" s="9">
+        <v>75442721</v>
+      </c>
+      <c r="K84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L84" s="9">
+        <v>17344377</v>
+      </c>
+      <c r="M84" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N84" s="9">
+        <v>79363232</v>
+      </c>
+      <c r="O84" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15">
+      <c r="A85" t="s" s="10">
+        <v>36</v>
+      </c>
+      <c r="B85" t="s" s="14">
+        <v>21</v>
+      </c>
+      <c r="C85" t="s" s="14">
+        <v>22</v>
+      </c>
+      <c r="D85" s="13">
+        <v>400548</v>
+      </c>
+      <c r="E85" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="F85" s="13">
+        <v>452540099</v>
+      </c>
+      <c r="G85" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="H85" s="13">
+        <v>13170</v>
+      </c>
+      <c r="I85" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="J85" s="13">
+        <v>1816542030</v>
+      </c>
+      <c r="K85" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="L85" s="13">
+        <v>413718</v>
+      </c>
+      <c r="M85" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N85" s="13">
+        <v>2269082129</v>
+      </c>
+      <c r="O85" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15">
+      <c r="A86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B86" t="s" s="10">
+        <v>23</v>
+      </c>
+      <c r="C86" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="D86" s="9">
+        <v>2679045</v>
+      </c>
+      <c r="E86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F86" s="9">
+        <v>354613461</v>
+      </c>
+      <c r="G86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H86" s="9">
+        <v>436852</v>
+      </c>
+      <c r="I86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J86" s="9">
+        <v>1017346090</v>
+      </c>
+      <c r="K86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L86" s="9">
+        <v>3115897</v>
+      </c>
+      <c r="M86" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N86" s="9">
+        <v>1371959551</v>
+      </c>
+      <c r="O86" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15">
+      <c r="A87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B87" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="C87" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="D87" s="9">
+        <v>166871640</v>
+      </c>
+      <c r="E87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F87" s="9">
+        <v>217686442</v>
+      </c>
+      <c r="G87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H87" s="9">
+        <v>19158245</v>
+      </c>
+      <c r="I87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J87" s="9">
+        <v>299670266</v>
+      </c>
+      <c r="K87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L87" s="9">
+        <v>186029885</v>
+      </c>
+      <c r="M87" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N87" s="9">
+        <v>517356708</v>
+      </c>
+      <c r="O87" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15">
+      <c r="A88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B88" t="s" s="10">
+        <v>21</v>
+      </c>
+      <c r="C88" t="s" s="10">
+        <v>22</v>
+      </c>
+      <c r="D88" s="9">
+        <v>2531341</v>
+      </c>
+      <c r="E88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F88" s="9">
+        <v>8355353</v>
+      </c>
+      <c r="G88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H88" s="9">
+        <v>14732</v>
+      </c>
+      <c r="I88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J88" s="9">
+        <v>16785426</v>
+      </c>
+      <c r="K88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L88" s="9">
+        <v>2546073</v>
+      </c>
+      <c r="M88" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N88" s="9">
+        <v>25140779</v>
+      </c>
+      <c r="O88" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15">
+      <c r="A89" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15">
+      <c r="A90" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A8:O8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="H9:K9"/>
     <mergeCell ref="L9:O9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="N10:O10"/>
   </mergeCells>